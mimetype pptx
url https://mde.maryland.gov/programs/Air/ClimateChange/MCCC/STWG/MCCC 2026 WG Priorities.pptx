--- v0 (2026-01-26)
+++ v1 (2026-02-07)
@@ -10145,51 +10145,51 @@
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <Order0 xmlns="ee1e7348-9fdb-4116-b8ba-44b402f50e56">2</Order0>
+    <Order0 xmlns="ee1e7348-9fdb-4116-b8ba-44b402f50e56">1</Order0>
     <Doc_Status xmlns="ee1e7348-9fdb-4116-b8ba-44b402f50e56">Active</Doc_Status>
     <_x0049_D1 xmlns="ee1e7348-9fdb-4116-b8ba-44b402f50e56">113</_x0049_D1>
     <OutreachLocation xmlns="ee1e7348-9fdb-4116-b8ba-44b402f50e56" xsi:nil="true"/>
     <Meeting_x0020_Date xmlns="ee1e7348-9fdb-4116-b8ba-44b402f50e56">2026-01-23T05:00:00+00:00</Meeting_x0020_Date>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1766D3AE-A193-46F7-9BB5-87DC2FC8AD68}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96795B14-71D5-4B5E-8A8D-8A3DD782CA62}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{473175F9-F11B-4309-A610-A4F5B8A5FF5D}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Words>430</Words>
   <Application>Microsoft Macintosh PowerPoint</Application>